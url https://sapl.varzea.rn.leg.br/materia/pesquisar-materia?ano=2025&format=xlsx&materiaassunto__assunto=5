--- v0 (2025-12-06)
+++ v1 (2026-02-04)
@@ -75,51 +75,51 @@
   <si>
     <t>Getúlio Luciano Ribeiro</t>
   </si>
   <si>
     <t>https://sapl.varzea.rn.leg.br/media/sapl/public/materialegislativa/2025/51/projeto_de_lei_019_-_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Biblioteca da Escola Municipal Plácido Tomaz de Lima, localizada no Município de Várzea/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>https://sapl.varzea.rn.leg.br/media/sapl/public/materialegislativa/2025/52/projeto_de_lei_020_-_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Rua e da Travessa Vereador Ivan Braz de Oliveira, localizadas no Município de Várzea/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>5</t>
+    <t>6</t>
   </si>
   <si>
     <t>PRES</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
     <t>https://sapl.varzea.rn.leg.br/media/sapl/public/materialegislativa/2025/60/projeto_de_resolucao_no_005-2025_1.pdf</t>
   </si>
   <si>
     <t>Renomeia o prédio sede do Poder Legislativo Municipal, passando a ser denominado Palácio Ver. João Nivaldo da Silva e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>